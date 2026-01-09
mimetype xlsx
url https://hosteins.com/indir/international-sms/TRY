--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5811</t>
+    <t>8,9045</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0363</t>
+    <t>5,2261</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,0726</t>
+    <t>10,4523</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,7264</t>
+    <t>13,206</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6223</t>
+    <t>12,0603</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,4915</t>
+    <t>9,8492</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4625</t>
+    <t>5,6683</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbeycan</t>
   </si>
   <si>
-    <t>16,4649</t>
+    <t>17,0854</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,23</t>
+    <t>5,4271</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,2663</t>
+    <t>10,6533</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,5593</t>
+    <t>14,0704</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9419</t>
+    <t>8,2412</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,0993</t>
+    <t>3,2161</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9249</t>
+    <t>11,3367</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2034</t>
+    <t>12,6633</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2349</t>
+    <t>11,6583</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,3341</t>
+    <t>14,8744</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1186</t>
+    <t>3,2362</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1646</t>
+    <t>4,3216</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>114,2857</t>
+    <t>118,593</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,5545</t>
+    <t>7,8392</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,2639</t>
+    <t>7,5377</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,308</t>
+    <t>8,6211</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,586</t>
+    <t>6,8342</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6489</t>
+    <t>4,8241</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0048</t>
+    <t>6,2312</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,6659</t>
+    <t>18,3317</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,4867</t>
+    <t>3,6181</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>6,9734</t>
+    <t>7,2362</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>11,9516</t>
+    <t>12,402</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9128</t>
+    <t>4,0603</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,1671</t>
+    <t>7,4372</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,046</t>
+    <t>17,6884</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3293</t>
+    <t>8,6432</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,8789</t>
+    <t>10,2513</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9056</t>
+    <t>11,3166</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8063</t>
+    <t>8,1005</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1041</t>
+    <t>9,4472</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,2397</t>
+    <t>17,8894</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,6538</t>
+    <t>11,0553</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7167</t>
+    <t>9,0452</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,5908</t>
+    <t>13,0653</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,4939</t>
+    <t>12,9648</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3245</t>
+    <t>2,4121</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,6271</t>
+    <t>9,9899</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,4964</t>
+    <t>16,0804</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,2082</t>
+    <t>18,8945</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7482</t>
+    <t>8,0402</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,322</t>
+    <t>15,8995</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,0412</t>
+    <t>11,4573</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,1985</t>
+    <t>6,4322</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9104</t>
+    <t>9,2462</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,3608</t>
+    <t>7,6382</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>13,9467</t>
+    <t>14,4724</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,0581</t>
+    <t>8,3618</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3559</t>
+    <t>9,7085</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,8523</t>
+    <t>9,1859</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,816</t>
+    <t>12,2613</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,5206</t>
+    <t>14,0302</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0678</t>
+    <t>4,2211</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,2978</t>
+    <t>9,6482</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,7797</t>
+    <t>7,0352</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4237</t>
+    <t>5,6281</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,46</t>
+    <t>10,8543</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,2446</t>
+    <t>24,1206</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,4407</t>
+    <t>19,1357</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,6877</t>
+    <t>4,8643</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,6053</t>
+    <t>23,4573</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,293</t>
+    <t>3,4171</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,7845</t>
+    <t>13,2663</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3027</t>
+    <t>7,5779</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,4334</t>
+    <t>18,0905</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,3656</t>
+    <t>13,8693</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8426</t>
+    <t>5,0251</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3923</t>
+    <t>6,6332</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,0436</t>
+    <t>14,5729</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6804</t>
+    <t>3,8191</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,4286</t>
+    <t>11,8593</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>24,9879</t>
+    <t>25,9296</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5085</t>
+    <t>6,7538</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8475</t>
+    <t>11,2563</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0315</t>
+    <t>7,2965</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,6998</t>
+    <t>12,1407</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,5932</t>
+    <t>16,1809</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,753</t>
+    <t>14,2714</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,2494</t>
+    <t>13,7487</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,4746</t>
+    <t>12,9447</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>12,9782</t>
+    <t>13,4673</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4552</t>
+    <t>4,6231</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5496</t>
+    <t>1,608</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,3705</t>
+    <t>20,1005</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2155</t>
+    <t>19,9397</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1574</t>
+    <t>11,5779</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>