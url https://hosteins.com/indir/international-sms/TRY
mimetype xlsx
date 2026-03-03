--- v1 (2026-01-09)
+++ v2 (2026-03-03)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,9045</t>
+    <t>9,0639</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,2261</t>
+    <t>5,3197</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,4523</t>
+    <t>10,6394</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,206</t>
+    <t>13,4425</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,0603</t>
+    <t>12,2762</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,8492</t>
+    <t>10,0256</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,6683</t>
+    <t>5,7698</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbeycan</t>
   </si>
   <si>
-    <t>17,0854</t>
+    <t>17,3913</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,4271</t>
+    <t>5,5243</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6533</t>
+    <t>10,844</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,0704</t>
+    <t>14,3223</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,2412</t>
+    <t>8,3887</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2161</t>
+    <t>3,2737</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,3367</t>
+    <t>11,5396</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,6633</t>
+    <t>12,89</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6583</t>
+    <t>11,867</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,8744</t>
+    <t>15,1407</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,2362</t>
+    <t>3,2941</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3216</t>
+    <t>4,399</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>118,593</t>
+    <t>120,7161</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,8392</t>
+    <t>7,9795</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,5377</t>
+    <t>7,6726</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,6211</t>
+    <t>8,7754</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,8342</t>
+    <t>6,9565</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,8241</t>
+    <t>4,9105</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,2312</t>
+    <t>6,3427</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,3317</t>
+    <t>18,6598</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,6181</t>
+    <t>3,6829</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2362</t>
+    <t>7,3657</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,402</t>
+    <t>12,624</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,0603</t>
+    <t>4,133</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,4372</t>
+    <t>7,5703</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,6884</t>
+    <t>18,0051</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,6432</t>
+    <t>8,798</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,2513</t>
+    <t>10,4348</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,3166</t>
+    <t>11,5192</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,1005</t>
+    <t>8,2455</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,4472</t>
+    <t>9,6164</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,8894</t>
+    <t>18,2097</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,0553</t>
+    <t>11,2532</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,0452</t>
+    <t>9,2072</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,0653</t>
+    <t>13,2992</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,9648</t>
+    <t>13,1969</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4121</t>
+    <t>2,4552</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,9899</t>
+    <t>10,1688</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,0804</t>
+    <t>16,3683</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,8945</t>
+    <t>19,2327</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,0402</t>
+    <t>8,1841</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,8995</t>
+    <t>16,1841</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,4573</t>
+    <t>11,6624</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,4322</t>
+    <t>6,5473</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,2462</t>
+    <t>9,4118</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,6382</t>
+    <t>7,7749</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,4724</t>
+    <t>14,7315</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,3618</t>
+    <t>8,5115</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,7085</t>
+    <t>9,8824</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,1859</t>
+    <t>9,3504</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,2613</t>
+    <t>12,4808</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,0302</t>
+    <t>14,2813</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,2211</t>
+    <t>4,2967</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6482</t>
+    <t>9,821</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,0352</t>
+    <t>7,1611</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,6281</t>
+    <t>5,7289</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,8543</t>
+    <t>11,0486</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,1206</t>
+    <t>24,5524</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,1357</t>
+    <t>19,4783</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,8643</t>
+    <t>4,9514</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>23,4573</t>
+    <t>23,8772</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,4171</t>
+    <t>3,4783</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,2663</t>
+    <t>13,5038</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,5779</t>
+    <t>7,7136</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,0905</t>
+    <t>18,4143</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,8693</t>
+    <t>14,1176</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,0251</t>
+    <t>5,1151</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6332</t>
+    <t>6,7519</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,5729</t>
+    <t>14,8338</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8191</t>
+    <t>3,8875</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,8593</t>
+    <t>12,0716</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,9296</t>
+    <t>26,3939</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,7538</t>
+    <t>6,8747</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,2563</t>
+    <t>11,4578</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,2965</t>
+    <t>7,4271</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,1407</t>
+    <t>12,3581</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,1809</t>
+    <t>16,4706</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,2714</t>
+    <t>14,5269</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,7487</t>
+    <t>13,9949</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,9447</t>
+    <t>13,1765</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,4673</t>
+    <t>13,7084</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,6231</t>
+    <t>4,7059</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,608</t>
+    <t>1,6368</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,1005</t>
+    <t>20,4604</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,9397</t>
+    <t>20,2967</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,5779</t>
+    <t>11,7852</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>